--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1076,57 +1076,57 @@
       <c r="C8">
         <v>16532150632</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="G8" t="s">
         <v>29</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
       <c r="I8" t="s">
         <v>20</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M8">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="O8">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9">
         <v>18929071490</v>
       </c>
       <c r="D9" t="s">
         <v>47</v>
       </c>
       <c r="E9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>35</v>
       </c>
       <c r="I9" t="s">
@@ -1612,57 +1612,57 @@
       <c r="C21">
         <v>21793976464</v>
       </c>
       <c r="D21" t="s">
         <v>84</v>
       </c>
       <c r="E21" t="s">
         <v>85</v>
       </c>
       <c r="G21" t="s">
         <v>29</v>
       </c>
       <c r="H21" t="s">
         <v>42</v>
       </c>
       <c r="I21" t="s">
         <v>20</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M21">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="O21">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22">
         <v>35125525930</v>
       </c>
       <c r="D22" t="s">
         <v>87</v>
       </c>
       <c r="E22" t="s">
         <v>88</v>
       </c>
       <c r="G22" t="s">
         <v>29</v>
       </c>
       <c r="H22" t="s">
         <v>42</v>
       </c>
       <c r="I22" t="s">
@@ -1897,50 +1897,59 @@
         <v>104</v>
       </c>
       <c r="C28">
         <v>50479020276</v>
       </c>
       <c r="D28" t="s">
         <v>105</v>
       </c>
       <c r="E28" t="s">
         <v>106</v>
       </c>
       <c r="G28" t="s">
         <v>29</v>
       </c>
       <c r="H28" t="s">
         <v>42</v>
       </c>
       <c r="I28" t="s">
         <v>20</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
+      </c>
+      <c r="L28">
+        <v>1</v>
+      </c>
+      <c r="M28">
+        <v>14</v>
+      </c>
+      <c r="O28">
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>107</v>
       </c>
       <c r="C29">
         <v>22156964296</v>
       </c>
       <c r="D29" t="s">
         <v>108</v>
       </c>
       <c r="E29" t="s">
         <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>29</v>
       </c>
       <c r="H29" t="s">
         <v>42</v>
       </c>
       <c r="I29" t="s">