--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -950,101 +950,101 @@
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>34</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>35</v>
       </c>
       <c r="I5" t="s">
         <v>20</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M5">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="O5">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>36</v>
       </c>
       <c r="C6">
         <v>62293011644</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6" t="s">
         <v>35</v>
       </c>
       <c r="I6" t="s">
         <v>20</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6" t="s">
         <v>20</v>
       </c>
       <c r="L6">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M6">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="O6">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>39</v>
       </c>
       <c r="C7">
         <v>62269012446</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
       </c>
       <c r="G7" t="s">
         <v>29</v>
       </c>
       <c r="H7" t="s">
         <v>42</v>
       </c>
       <c r="I7" t="s">
@@ -1653,57 +1653,57 @@
       <c r="C22">
         <v>35125525930</v>
       </c>
       <c r="D22" t="s">
         <v>87</v>
       </c>
       <c r="E22" t="s">
         <v>88</v>
       </c>
       <c r="G22" t="s">
         <v>29</v>
       </c>
       <c r="H22" t="s">
         <v>42</v>
       </c>
       <c r="I22" t="s">
         <v>20</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M22">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="O22">
-        <v>14</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>89</v>
       </c>
       <c r="C23">
         <v>10682351512</v>
       </c>
       <c r="D23" t="s">
         <v>90</v>
       </c>
       <c r="E23" t="s">
         <v>91</v>
       </c>
       <c r="G23" t="s">
         <v>29</v>
       </c>
       <c r="H23" t="s">
         <v>42</v>
       </c>
       <c r="I23" t="s">
@@ -1939,50 +1939,59 @@
       </c>
       <c r="C29">
         <v>22156964296</v>
       </c>
       <c r="D29" t="s">
         <v>108</v>
       </c>
       <c r="E29" t="s">
         <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>29</v>
       </c>
       <c r="H29" t="s">
         <v>42</v>
       </c>
       <c r="I29" t="s">
         <v>20</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
+      <c r="L29">
+        <v>1</v>
+      </c>
+      <c r="M29">
+        <v>14</v>
+      </c>
+      <c r="O29">
+        <v>14</v>
+      </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
       <c r="C30">
         <v>18758076406</v>
       </c>
       <c r="D30" t="s">
         <v>111</v>
       </c>
       <c r="E30" t="s">
         <v>112</v>
       </c>
       <c r="F30" t="s">
         <v>113</v>
       </c>
       <c r="G30" t="s">
         <v>29</v>
       </c>
       <c r="H30" t="s">
         <v>42</v>
@@ -2014,50 +2023,59 @@
         <v>114</v>
       </c>
       <c r="C31">
         <v>74539047256</v>
       </c>
       <c r="D31" t="s">
         <v>115</v>
       </c>
       <c r="E31" t="s">
         <v>116</v>
       </c>
       <c r="G31" t="s">
         <v>29</v>
       </c>
       <c r="H31" t="s">
         <v>42</v>
       </c>
       <c r="I31" t="s">
         <v>24</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
+      </c>
+      <c r="L31">
+        <v>1</v>
+      </c>
+      <c r="M31">
+        <v>20</v>
+      </c>
+      <c r="O31">
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>117</v>
       </c>
       <c r="C32">
         <v>10490355658</v>
       </c>
       <c r="D32" t="s">
         <v>118</v>
       </c>
       <c r="E32" t="s">
         <v>119</v>
       </c>
       <c r="G32" t="s">
         <v>29</v>
       </c>
       <c r="H32" t="s">
         <v>42</v>
       </c>
       <c r="I32" t="s">